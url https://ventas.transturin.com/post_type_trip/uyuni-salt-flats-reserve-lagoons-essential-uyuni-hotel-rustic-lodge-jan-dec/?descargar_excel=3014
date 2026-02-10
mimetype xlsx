--- v0 (2025-11-05)
+++ v1 (2026-02-10)
@@ -706,59 +706,59 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:S50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.852" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="98.976" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="98.976" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
-[...7 lines deleted...]
-    <col min="18" max="18" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="21.138" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="G1" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="2" spans="1:19">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
@@ -805,81 +805,81 @@
       </c>
     </row>
     <row r="3" spans="1:19">
       <c r="A3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>78</v>
       </c>
       <c r="H3" t="s">
         <v>7</v>
       </c>
       <c r="I3">
-        <v>2181.0</v>
+        <v>2872.0</v>
       </c>
       <c r="J3">
-        <v>1170.5</v>
+        <v>1528.0</v>
       </c>
       <c r="K3">
-        <v>897.5</v>
+        <v>1157.0</v>
       </c>
       <c r="L3">
-        <v>761.5</v>
+        <v>972.0</v>
       </c>
       <c r="M3">
-        <v>918.5</v>
+        <v>1201.0</v>
       </c>
       <c r="N3">
-        <v>827.5</v>
+        <v>1071.0</v>
       </c>
       <c r="O3">
-        <v>759.5</v>
+        <v>977.0</v>
       </c>
       <c r="P3">
-        <v>707.5</v>
+        <v>907.0</v>
       </c>
       <c r="Q3">
-        <v>801.5</v>
+        <v>1042.0</v>
       </c>
       <c r="R3">
-        <v>756.5</v>
+        <v>979.0</v>
       </c>
       <c r="S3">
-        <v>190.5</v>
+        <v>230.0</v>
       </c>
     </row>
     <row r="4" spans="1:19">
       <c r="D4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
         <v>79</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4"/>
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4"/>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4"/>
     </row>
     <row r="5" spans="1:19">
       <c r="D5" s="3" t="s">
         <v>11</v>