--- v0 (2025-11-05)
+++ v1 (2026-02-10)
@@ -697,59 +697,59 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:S45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G6" sqref="G6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.852" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="115.543" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
-[...7 lines deleted...]
-    <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="21.138" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="G1" s="6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="2" spans="1:19">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
@@ -796,125 +796,125 @@
       </c>
     </row>
     <row r="3" spans="1:19">
       <c r="A3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G3" t="s">
         <v>73</v>
       </c>
       <c r="H3" t="s">
         <v>74</v>
       </c>
       <c r="I3">
-        <v>2889.0</v>
+        <v>3734.0</v>
       </c>
       <c r="J3">
-        <v>1492.5</v>
+        <v>1920.0</v>
       </c>
       <c r="K3">
-        <v>1204.5</v>
+        <v>1529.0</v>
       </c>
       <c r="L3">
-        <v>1060.5</v>
+        <v>1333.0</v>
       </c>
       <c r="M3">
-        <v>1228.5</v>
+        <v>1577.0</v>
       </c>
       <c r="N3">
-        <v>1128.5</v>
+        <v>1440.0</v>
       </c>
       <c r="O3">
-        <v>1056.5</v>
+        <v>1339.0</v>
       </c>
       <c r="P3">
-        <v>1003.5</v>
+        <v>1266.0</v>
       </c>
       <c r="Q3">
-        <v>1103.5</v>
+        <v>1410.0</v>
       </c>
       <c r="R3">
-        <v>1055.5</v>
+        <v>1343.0</v>
       </c>
       <c r="S3">
-        <v>530.5</v>
+        <v>638.0</v>
       </c>
     </row>
     <row r="4" spans="1:19">
       <c r="D4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
         <v>6</v>
       </c>
       <c r="H4" t="s">
         <v>75</v>
       </c>
       <c r="I4">
-        <v>2651.0</v>
+        <v>3207.0</v>
       </c>
       <c r="J4">
-        <v>1373.5</v>
+        <v>1733.0</v>
       </c>
       <c r="K4">
-        <v>1085.5</v>
+        <v>1342.0</v>
       </c>
       <c r="L4">
-        <v>941.5</v>
+        <v>1146.0</v>
       </c>
       <c r="M4">
-        <v>1109.5</v>
+        <v>1390.0</v>
       </c>
       <c r="N4">
-        <v>1009.5</v>
+        <v>1253.0</v>
       </c>
       <c r="O4">
-        <v>937.5</v>
+        <v>1152.0</v>
       </c>
       <c r="P4">
-        <v>884.5</v>
+        <v>1079.0</v>
       </c>
       <c r="Q4">
-        <v>984.5</v>
+        <v>1223.0</v>
       </c>
       <c r="R4">
-        <v>936.5</v>
+        <v>1156.0</v>
       </c>
       <c r="S4">
-        <v>411.5</v>
+        <v>467.0</v>
       </c>
     </row>
     <row r="5" spans="1:19">
       <c r="D5" s="3" t="s">
         <v>11</v>
       </c>
       <c r="G5" s="8" t="s">
         <v>76</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5"/>
       <c r="Q5"/>
       <c r="R5"/>
       <c r="S5"/>
     </row>
     <row r="6" spans="1:19">
       <c r="D6" s="3" t="s">
         <v>12</v>