--- v0 (2025-11-05)
+++ v1 (2026-02-10)
@@ -704,51 +704,51 @@
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G3" t="s">
         <v>6</v>
       </c>
       <c r="H3" t="s">
         <v>55</v>
       </c>
       <c r="I3">
-        <v>602.0</v>
+        <v>663.0</v>
       </c>
       <c r="J3">
         <v>455.0</v>
       </c>
       <c r="K3">
         <v>10.0</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="D4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="G4" s="8" t="s">
         <v>56</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4"/>
     </row>
     <row r="5" spans="1:11">
       <c r="D5" s="3" t="s">
         <v>11</v>
       </c>
     </row>