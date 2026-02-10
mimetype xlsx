--- v0 (2025-12-25)
+++ v1 (2026-02-10)
@@ -800,51 +800,51 @@
       </c>
     </row>
     <row r="3" spans="1:12">
       <c r="A3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G3" t="s">
         <v>6</v>
       </c>
       <c r="H3" t="s">
         <v>83</v>
       </c>
       <c r="I3">
-        <v>1115.0</v>
+        <v>1227.0</v>
       </c>
       <c r="J3">
         <v>856.0</v>
       </c>
       <c r="K3">
         <v>10.0</v>
       </c>
       <c r="L3">
         <v>66.0</v>
       </c>
     </row>
     <row r="4" spans="1:12">
       <c r="D4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="G4" s="8" t="s">
         <v>84</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4"/>
       <c r="L4"/>
     </row>
     <row r="5" spans="1:12">