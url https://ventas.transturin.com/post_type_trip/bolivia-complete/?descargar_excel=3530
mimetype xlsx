--- v0 (2025-11-05)
+++ v1 (2026-02-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
   <si>
     <t>Bolivia Complete</t>
   </si>
   <si>
     <t xml:space="preserve">     CODE     </t>
   </si>
   <si>
     <t xml:space="preserve">     NAME     </t>
   </si>
   <si>
     <t xml:space="preserve">     TERM     </t>
   </si>
   <si>
     <t>OUTLINE</t>
   </si>
   <si>
     <t>TYPE</t>
   </si>
   <si>
     <t>PBLLTBCO</t>
   </si>
   <si>
     <t>BOLIVIA COMPLETE</t>
   </si>
   <si>
@@ -561,50 +561,53 @@
   <si>
     <t xml:space="preserve">Carnival.
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 	Salt Hotels are considered Superior Tourist</t>
   </si>
   <si>
     <t xml:space="preserve">Category / Boutique style.
 </t>
   </si>
   <si>
     <t>Rates</t>
   </si>
   <si>
     <t>CODE</t>
   </si>
   <si>
     <t>NAME</t>
   </si>
   <si>
     <t>Single Supplement</t>
   </si>
   <si>
     <t>BOLIVIA COMPLETE - First Class Hotels - 7D/6N</t>
+  </si>
+  <si>
+    <t>-</t>
   </si>
   <si>
     <t>BOLIVIA COMPLETE - Superior First Class Hotels - 7D/6N</t>
   </si>
   <si>
     <t xml:space="preserve">PRICES PER PERSON AND IN USD </t>
   </si>
   <si>
     <t>PRICES BASED ON TWIN/DOUBLE ROOM, THEREFORE FOR BREAK 3,5,7 AND 9 MUST ADD THE SINGLE SUPPLEMENT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1010,60 +1013,60 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:S123"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G6" sqref="G6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.852" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="64.841" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...8 lines deleted...]
-    <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="2.285" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="2.285" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="2.285" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="2.285" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="2.285" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="2.285" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="2.285" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="2.285" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="2.285" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="21.138" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="G1" s="6" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="2" spans="1:19">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
@@ -1107,152 +1110,152 @@
       </c>
       <c r="S2" s="7" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="3" spans="1:19">
       <c r="A3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="4"/>
       <c r="G3" t="s">
         <v>6</v>
       </c>
       <c r="H3" t="s">
         <v>170</v>
       </c>
-      <c r="I3">
-[...30 lines deleted...]
-        <v>436.0</v>
+      <c r="I3" t="s">
+        <v>171</v>
+      </c>
+      <c r="J3" t="s">
+        <v>171</v>
+      </c>
+      <c r="K3" t="s">
+        <v>171</v>
+      </c>
+      <c r="L3" t="s">
+        <v>171</v>
+      </c>
+      <c r="M3" t="s">
+        <v>171</v>
+      </c>
+      <c r="N3" t="s">
+        <v>171</v>
+      </c>
+      <c r="O3" t="s">
+        <v>171</v>
+      </c>
+      <c r="P3" t="s">
+        <v>171</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>171</v>
+      </c>
+      <c r="R3" t="s">
+        <v>171</v>
+      </c>
+      <c r="S3" t="s">
+        <v>171</v>
       </c>
     </row>
     <row r="4" spans="1:19">
       <c r="D4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="G4"/>
       <c r="H4" t="s">
+        <v>172</v>
+      </c>
+      <c r="I4" t="s">
         <v>171</v>
       </c>
-      <c r="I4">
-[...30 lines deleted...]
-        <v>566.0</v>
+      <c r="J4" t="s">
+        <v>171</v>
+      </c>
+      <c r="K4" t="s">
+        <v>171</v>
+      </c>
+      <c r="L4" t="s">
+        <v>171</v>
+      </c>
+      <c r="M4" t="s">
+        <v>171</v>
+      </c>
+      <c r="N4" t="s">
+        <v>171</v>
+      </c>
+      <c r="O4" t="s">
+        <v>171</v>
+      </c>
+      <c r="P4" t="s">
+        <v>171</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>171</v>
+      </c>
+      <c r="R4" t="s">
+        <v>171</v>
+      </c>
+      <c r="S4" t="s">
+        <v>171</v>
       </c>
     </row>
     <row r="5" spans="1:19">
       <c r="D5" s="3" t="s">
         <v>11</v>
       </c>
       <c r="G5" s="8" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5"/>
       <c r="Q5"/>
       <c r="R5"/>
       <c r="S5"/>
     </row>
     <row r="6" spans="1:19">
       <c r="D6" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G6" s="8" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6"/>
       <c r="L6"/>
       <c r="M6"/>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6"/>
       <c r="Q6"/>
       <c r="R6"/>
       <c r="S6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="D7" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:19">
       <c r="D8" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:19">