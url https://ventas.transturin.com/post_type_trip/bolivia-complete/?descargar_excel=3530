--- v1 (2026-02-10)
+++ v2 (2026-03-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
   <si>
     <t>Bolivia Complete</t>
   </si>
   <si>
     <t xml:space="preserve">     CODE     </t>
   </si>
   <si>
     <t xml:space="preserve">     NAME     </t>
   </si>
   <si>
     <t xml:space="preserve">     TERM     </t>
   </si>
   <si>
     <t>OUTLINE</t>
   </si>
   <si>
     <t>TYPE</t>
   </si>
   <si>
     <t>PBLLTBCO</t>
   </si>
   <si>
     <t>BOLIVIA COMPLETE</t>
   </si>
   <si>
@@ -561,53 +561,50 @@
   <si>
     <t xml:space="preserve">Carnival.
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 	Salt Hotels are considered Superior Tourist</t>
   </si>
   <si>
     <t xml:space="preserve">Category / Boutique style.
 </t>
   </si>
   <si>
     <t>Rates</t>
   </si>
   <si>
     <t>CODE</t>
   </si>
   <si>
     <t>NAME</t>
   </si>
   <si>
     <t>Single Supplement</t>
   </si>
   <si>
     <t>BOLIVIA COMPLETE - First Class Hotels - 7D/6N</t>
-  </si>
-[...1 lines deleted...]
-    <t>-</t>
   </si>
   <si>
     <t>BOLIVIA COMPLETE - Superior First Class Hotels - 7D/6N</t>
   </si>
   <si>
     <t xml:space="preserve">PRICES PER PERSON AND IN USD </t>
   </si>
   <si>
     <t>PRICES BASED ON TWIN/DOUBLE ROOM, THEREFORE FOR BREAK 3,5,7 AND 9 MUST ADD THE SINGLE SUPPLEMENT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1013,60 +1010,60 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:S123"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G6" sqref="G6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.852" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="64.841" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="2.285" bestFit="true" customWidth="true" style="0"/>
-[...8 lines deleted...]
-    <col min="18" max="18" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="21.138" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="G1" s="6" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="2" spans="1:19">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
@@ -1110,152 +1107,152 @@
       </c>
       <c r="S2" s="7" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="3" spans="1:19">
       <c r="A3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="4"/>
       <c r="G3" t="s">
         <v>6</v>
       </c>
       <c r="H3" t="s">
         <v>170</v>
       </c>
-      <c r="I3" t="s">
-[...30 lines deleted...]
-        <v>171</v>
+      <c r="I3">
+        <v>5014.0</v>
+      </c>
+      <c r="J3">
+        <v>2906.5</v>
+      </c>
+      <c r="K3">
+        <v>2483.5</v>
+      </c>
+      <c r="L3">
+        <v>2317.5</v>
+      </c>
+      <c r="M3">
+        <v>2426.5</v>
+      </c>
+      <c r="N3">
+        <v>2326.5</v>
+      </c>
+      <c r="O3">
+        <v>2284.5</v>
+      </c>
+      <c r="P3">
+        <v>2254.5</v>
+      </c>
+      <c r="Q3">
+        <v>2318.5</v>
+      </c>
+      <c r="R3">
+        <v>2289.5</v>
+      </c>
+      <c r="S3">
+        <v>735.5</v>
       </c>
     </row>
     <row r="4" spans="1:19">
       <c r="D4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="G4"/>
       <c r="H4" t="s">
-        <v>172</v>
-[...1 lines deleted...]
-      <c r="I4" t="s">
         <v>171</v>
       </c>
-      <c r="J4" t="s">
-[...27 lines deleted...]
-        <v>171</v>
+      <c r="I4">
+        <v>5251.0</v>
+      </c>
+      <c r="J4">
+        <v>3028.0</v>
+      </c>
+      <c r="K4">
+        <v>2605.0</v>
+      </c>
+      <c r="L4">
+        <v>2439.0</v>
+      </c>
+      <c r="M4">
+        <v>2548.0</v>
+      </c>
+      <c r="N4">
+        <v>2448.0</v>
+      </c>
+      <c r="O4">
+        <v>2406.0</v>
+      </c>
+      <c r="P4">
+        <v>2376.0</v>
+      </c>
+      <c r="Q4">
+        <v>2440.0</v>
+      </c>
+      <c r="R4">
+        <v>2411.0</v>
+      </c>
+      <c r="S4">
+        <v>841.0</v>
       </c>
     </row>
     <row r="5" spans="1:19">
       <c r="D5" s="3" t="s">
         <v>11</v>
       </c>
       <c r="G5" s="8" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5"/>
       <c r="Q5"/>
       <c r="R5"/>
       <c r="S5"/>
     </row>
     <row r="6" spans="1:19">
       <c r="D6" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G6" s="8" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6"/>
       <c r="L6"/>
       <c r="M6"/>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6"/>
       <c r="Q6"/>
       <c r="R6"/>
       <c r="S6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="D7" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:19">
       <c r="D8" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:19">